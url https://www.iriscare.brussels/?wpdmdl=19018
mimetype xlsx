--- v0 (2026-02-04)
+++ v1 (2026-03-29)
@@ -5,83 +5,83 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Bruxelles-Brussel\Monitoring ICT\Flux\TaxAssessmentData - T014\Planning\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Bruxelles-Brussel\Communicatie-Grafische ondersteuning\08_WEBSITE\Iriscare\04_Documents\01_Professionnels\01. Online\Portiris\Divers\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2363A8AD-A7DA-410F-8D93-2E63F1F1D83F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3A5B503-E04D-41D5-AB6F-66CEC325FDE9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-45" windowWidth="29040" windowHeight="17520" activeTab="1" xr2:uid="{89400B27-6E6E-44F7-A2B4-3CD9B4AB73B5}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{89400B27-6E6E-44F7-A2B4-3CD9B4AB73B5}"/>
   </bookViews>
   <sheets>
     <sheet name="FR" sheetId="1" r:id="rId1"/>
     <sheet name="NL" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="53">
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Scénario</t>
   </si>
   <si>
     <t>Flux</t>
   </si>
   <si>
     <t>T013 de la CAF à Portiris</t>
   </si>
   <si>
     <t xml:space="preserve">T014 de Portiris à la CAF </t>
   </si>
   <si>
     <t>Facultatif/obligatoire</t>
   </si>
   <si>
     <t>Date exécution</t>
   </si>
   <si>
     <t>Période de demande</t>
   </si>
   <si>
@@ -190,50 +190,56 @@
     <t>tot 18/07/2026 van 26/07/2026</t>
   </si>
   <si>
     <t>tot 26/09/2026 van 04/10/2026</t>
   </si>
   <si>
     <t>tot 28/11/2026 van 06/12/2026</t>
   </si>
   <si>
     <t>Facultatief</t>
   </si>
   <si>
     <t>Verplicht voor alle dossiers</t>
   </si>
   <si>
     <t>Stroom</t>
   </si>
   <si>
     <t>T013 van Fonds naar Portiris</t>
   </si>
   <si>
     <t>T014 van Portiris naar Fonds</t>
   </si>
   <si>
     <t>Facultatief/Verplicht</t>
+  </si>
+  <si>
+    <t>Uitvoerdatum</t>
+  </si>
+  <si>
+    <t>Aanvraagperiode</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -778,96 +784,96 @@
         <right style="thin">
           <color theme="2" tint="-9.9948118533890809E-2"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-9.9948118533890809E-2"/>
         </top>
         <bottom style="thin">
           <color theme="2" tint="-9.9948118533890809E-2"/>
         </bottom>
         <vertical style="thin">
           <color theme="2" tint="-9.9948118533890809E-2"/>
         </vertical>
         <horizontal style="thin">
           <color theme="2" tint="-9.9948118533890809E-2"/>
         </horizontal>
       </border>
     </dxf>
     <dxf>
       <border>
         <top style="thin">
           <color theme="2" tint="-9.9948118533890809E-2"/>
         </top>
       </border>
     </dxf>
     <dxf>
-      <border>
-[...5 lines deleted...]
-    <dxf>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color theme="2" tint="-9.9948118533890809E-2"/>
         </left>
         <right style="thin">
           <color theme="2" tint="-9.9948118533890809E-2"/>
         </right>
         <top style="thin">
           <color theme="2" tint="-9.9948118533890809E-2"/>
         </top>
         <bottom style="thin">
           <color theme="2" tint="-9.9948118533890809E-2"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color theme="2" tint="-9.9948118533890809E-2"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="3" tint="0.749992370372631"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
@@ -1337,60 +1343,60 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{165658A2-51F3-40A8-BDAD-5C76236219AD}" name="Tableau1" displayName="Tableau1" ref="A1:H6" totalsRowShown="0" headerRowDxfId="25" dataDxfId="23" headerRowBorderDxfId="24" tableBorderDxfId="22" totalsRowBorderDxfId="21">
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{62C59866-3FC9-4EA7-8080-0BC015F0192F}" name="Type" dataDxfId="20"/>
     <tableColumn id="2" xr3:uid="{53068216-354C-400B-BFE3-02412C42443C}" name="Scénario" dataDxfId="19"/>
     <tableColumn id="3" xr3:uid="{5A033033-CEFF-4594-BC1C-06E0F5563AC3}" name="Flux" dataDxfId="18"/>
     <tableColumn id="4" xr3:uid="{AB216A65-72F0-4679-8B76-2BB8BE270961}" name="T013 de la CAF à Portiris" dataDxfId="17"/>
     <tableColumn id="5" xr3:uid="{015C820B-4E31-4A7E-ACE1-00F007205B74}" name="T014 de Portiris à la CAF " dataDxfId="16"/>
     <tableColumn id="6" xr3:uid="{FE54BCD3-7AEE-47E0-A5A6-565EE6D43D92}" name="Facultatif/obligatoire" dataDxfId="15"/>
     <tableColumn id="7" xr3:uid="{2B146686-503E-4581-A90D-5C43FE621831}" name="Date exécution" dataDxfId="14"/>
     <tableColumn id="8" xr3:uid="{F2908D9D-378F-483F-BC82-63EA93F90F8F}" name="Période de demande" dataDxfId="13"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{48A3411D-E45D-4E58-A44B-B67920DFA20C}" name="Tableau13" displayName="Tableau13" ref="A1:H6" totalsRowShown="0" headerRowDxfId="12" dataDxfId="11" headerRowBorderDxfId="9" tableBorderDxfId="10" totalsRowBorderDxfId="8">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{48A3411D-E45D-4E58-A44B-B67920DFA20C}" name="Tableau13" displayName="Tableau13" ref="A1:H6" totalsRowShown="0" headerRowDxfId="12" dataDxfId="10" headerRowBorderDxfId="11" tableBorderDxfId="9" totalsRowBorderDxfId="8">
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{0CCE2163-D3C0-4D4E-911A-E2BDD801BA41}" name="Type" dataDxfId="7"/>
     <tableColumn id="2" xr3:uid="{85B567F8-96E4-42C3-9A6C-06CC3C6671C5}" name="Scénario" dataDxfId="6"/>
     <tableColumn id="3" xr3:uid="{BB6F234E-52D2-4D83-B830-434675C0676B}" name="Stroom" dataDxfId="5"/>
     <tableColumn id="4" xr3:uid="{B46F7485-EBCA-40B6-B18D-40A641A85B0D}" name="T013 van Fonds naar Portiris" dataDxfId="4"/>
     <tableColumn id="5" xr3:uid="{973ADC31-14FF-4830-93A1-6BBD00EDC2CB}" name="T014 van Portiris naar Fonds" dataDxfId="3"/>
     <tableColumn id="6" xr3:uid="{88B4FF2D-3944-4006-8F13-D21A92DB0FAF}" name="Facultatief/Verplicht" dataDxfId="2"/>
-    <tableColumn id="7" xr3:uid="{E52D0819-DABD-4D0F-8F87-463723FC9599}" name="Date exécution" dataDxfId="1"/>
-    <tableColumn id="8" xr3:uid="{F3109676-0AF4-4012-A7FA-611DACB5089C}" name="Période de demande" dataDxfId="0"/>
+    <tableColumn id="7" xr3:uid="{E52D0819-DABD-4D0F-8F87-463723FC9599}" name="Uitvoerdatum" dataDxfId="1"/>
+    <tableColumn id="8" xr3:uid="{F3109676-0AF4-4012-A7FA-611DACB5089C}" name="Aanvraagperiode" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1680,56 +1686,56 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3DD65661-22B8-49DA-8A74-3BF33B7E6655}">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:H6"/>
+      <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="30" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.7109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="11" style="1" customWidth="1"/>
     <col min="2" max="3" width="11.42578125" style="1"/>
     <col min="4" max="5" width="26.5703125" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="16.5703125" style="1" customWidth="1"/>
     <col min="8" max="8" width="21.7109375" style="1" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="3" t="s">
@@ -1763,51 +1769,51 @@
       </c>
       <c r="G2" s="8">
         <v>46094</v>
       </c>
       <c r="H2" s="9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="11" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>25</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" s="12">
         <v>46157</v>
       </c>
       <c r="H3" s="13" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="6" t="s">
@@ -1865,186 +1871,196 @@
       <c r="F6" s="15" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="16">
         <v>46353</v>
       </c>
       <c r="H6" s="17" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2E699082-D2FD-4289-A0C0-909B8C823E0B}">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E9" sqref="E9"/>
+      <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="42.42578125" defaultRowHeight="43.5" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="42.42578125" defaultRowHeight="30" customHeight="1" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="16.5703125" customWidth="1"/>
+    <col min="2" max="2" width="13.7109375" customWidth="1"/>
+    <col min="3" max="3" width="12.7109375" customWidth="1"/>
+    <col min="4" max="4" width="29.5703125" customWidth="1"/>
+    <col min="5" max="5" width="29.7109375" customWidth="1"/>
+    <col min="6" max="6" width="26.7109375" customWidth="1"/>
+    <col min="7" max="7" width="15.5703125" customWidth="1"/>
+    <col min="8" max="8" width="20.42578125" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>47</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>49</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>50</v>
       </c>
       <c r="G1" s="3" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
       <c r="H1" s="4" t="s">
-        <v>7</v>
+        <v>52</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>30</v>
       </c>
       <c r="C2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>35</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>40</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>45</v>
       </c>
       <c r="G2" s="8">
         <v>46094</v>
       </c>
       <c r="H2" s="9" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="3" spans="1:8" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B3" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>36</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>41</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>45</v>
       </c>
       <c r="G3" s="12">
         <v>46157</v>
       </c>
       <c r="H3" s="13" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="4" spans="1:8" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>42</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>46</v>
       </c>
       <c r="G4" s="8">
         <v>46220</v>
       </c>
       <c r="H4" s="9" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B5" s="11" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="11" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>43</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>46</v>
       </c>
       <c r="G5" s="12">
         <v>46290</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="6" spans="1:8" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B6" s="15" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="15" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>46</v>
       </c>
       <c r="G6" s="16">
         <v>46353</v>
       </c>
       <c r="H6" s="17" t="s">
         <v>16</v>
       </c>
     </row>