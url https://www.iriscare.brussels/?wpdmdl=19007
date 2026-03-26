--- v0 (2026-02-03)
+++ v1 (2026-03-26)
@@ -586,51 +586,51 @@
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="008C4A5C">
         <w:t xml:space="preserve">Solliciteer </w:t>
       </w:r>
       <w:r w:rsidRPr="008F68FC">
         <w:t xml:space="preserve">vóór </w:t>
       </w:r>
       <w:r w:rsidR="00942721" w:rsidRPr="00E747E9">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00BA7453" w:rsidRPr="00E747E9">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00942721" w:rsidRPr="00E747E9">
         <w:t xml:space="preserve"> februari</w:t>
       </w:r>
       <w:r w:rsidR="00B73874" w:rsidRPr="00E747E9">
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="00942721" w:rsidRPr="00E747E9">
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E4D058" w14:textId="197FAE7A" w:rsidR="00BA7453" w:rsidRDefault="008C4A5C" w:rsidP="00BA7453">
+    <w:p w14:paraId="7B4B960D" w14:textId="7C509A36" w:rsidR="000421AD" w:rsidRDefault="008C4A5C" w:rsidP="004578D1">
       <w:r w:rsidRPr="00B73874">
         <w:rPr>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t>Stuur je cv</w:t>
       </w:r>
       <w:r w:rsidR="00357C51">
         <w:rPr>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B73874">
         <w:rPr>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t>motivatiebrief</w:t>
       </w:r>
       <w:r w:rsidR="00357C51">
         <w:rPr>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> en kopie van je diploma (en eventuele gelijkwaardigheidsattest)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B73874">
@@ -640,88 +640,100 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00725B35">
         <w:rPr>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">via deze link : </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00E747E9" w:rsidRPr="00E747E9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Administratief assistent - cel financiële controle bij Iriscare | </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00E747E9" w:rsidRPr="00E747E9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>softgarden</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="364E9067" w14:textId="5640F1CA" w:rsidR="00BA7453" w:rsidRPr="000421AD" w:rsidRDefault="00BA7453" w:rsidP="00BA7453">
+    <w:p w14:paraId="3D44E454" w14:textId="3723DCDE" w:rsidR="004578D1" w:rsidRDefault="004578D1" w:rsidP="004578D1">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk221008818"/>
-      <w:r w:rsidRPr="000421AD">
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t>Geselecteerde kandidaten ontvangen een uitnodiging om een online persoonlijkheids- en motivatievragenlijst in te vullen (niet-eliminerend), aangevuld met een numerieke redeneertest. Deze redeneertest heeft een eliminerende functie. Beide testen maken deel uit van het selectieproces. Vervolgens worden enkel de acht hoogst gerangschikte kandidaten uitgenodigd voor het interview.</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t>Geselecteerde kandidaten ontvangen een uitnodiging om een online persoonlijkheids- en motivatievragenlijst in te vullen (niet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="000421AD">
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t>Dit interview duurt</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA7453" w:rsidRPr="000421AD">
+        <w:t xml:space="preserve">eliminerend). Daarnaast worden zij uitgenodigd voor een numerieke redeneertest, die op onze kantoren wordt afgenomen en op een andere dag dan het interview plaatsvindt. Deze redeneertest heeft een eliminerende functie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A710AC9" w14:textId="16F83F30" w:rsidR="004578D1" w:rsidRDefault="004578D1" w:rsidP="004578D1">
+      <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ongeveer 60 minuten met een jury, volgens de STARR-methodiek. Tijdens dit gesprek worden de generieke competenties, motivatie, interesses en affiniteit met het vakgebied beoordeeld</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000421AD">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>Vervolgens worden enkel de acht hoogst gerangschikte kandidaten uitgenodigd voor het interview. Dit gesprek duurt ongeveer 60 minuten met een jury en verloopt volgens de STARR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:lang w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t>‑</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="nl-BE"/>
+        </w:rPr>
+        <w:t>methodiek. Tijdens het interview worden de generieke competenties, motivatie, interesses en affiniteit met het vakgebied beoordeeld.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7809B024" w14:textId="77777777" w:rsidR="006353D4" w:rsidRDefault="006353D4" w:rsidP="006353D4">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006353D4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t>Indien het aantal geslaagde kandidaten groter is dan het aantal vacatures, wordt er een aanwervingsreserve van zes maanden aangelegd.</w:t>
       </w:r>
     </w:p>
@@ -852,53 +864,53 @@
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="008E3FB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="nl-NL" w:eastAsia="nl-BE"/>
           </w:rPr>
           <w:t>jobs@iriscare.brussels</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:lang w:val="nl-NL" w:eastAsia="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DEFFA2E" w14:textId="7E69A19E" w:rsidR="001450AC" w:rsidRDefault="008C4A5C" w:rsidP="00842F20">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="008C4A5C">
         <w:t>Over Iriscare</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk203056978"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk203056978"/>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="2AD9F7D6" w14:textId="0A1A4A9B" w:rsidR="008C4A5C" w:rsidRPr="008F68FC" w:rsidRDefault="00F45112" w:rsidP="001450AC">
       <w:r w:rsidRPr="00F45112">
         <w:t xml:space="preserve">Iriscare is de bicommunautaire overheidsdienst voor sociale bescherming in Brussel. Onze teams maken elke dag het verschil voor </w:t>
       </w:r>
       <w:r w:rsidR="000E434A">
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidRPr="00F45112">
         <w:t>Brusselaars.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="639CC626" w14:textId="64B22D1C" w:rsidR="001450AC" w:rsidRPr="001450AC" w:rsidRDefault="008F68FC" w:rsidP="001450AC">
       <w:r w:rsidRPr="001450AC">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Meer weten? Surf naar </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:tgtFrame="_new" w:history="1">
         <w:r w:rsidRPr="001450AC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>www.iriscare.brussels</w:t>
         </w:r>
@@ -1029,50 +1041,57 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Malgun Gothic">
     <w:panose1 w:val="020B0503020000020004"/>
     <w:charset w:val="81"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="9000002F" w:usb1="29D77CFB" w:usb2="00000012" w:usb3="00000000" w:csb0="00080001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria Math">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Segoe UI Emoji">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="02000000" w:usb2="08000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="489FE5D3" w14:textId="77777777" w:rsidR="005F53B6" w:rsidRDefault="005F53B6" w:rsidP="005F53B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="546ACF4D" w14:textId="77777777" w:rsidR="005F53B6" w:rsidRDefault="005F53B6" w:rsidP="005F53B6">
       <w:pPr>
@@ -3076,153 +3095,158 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1223953504">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1620330756">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2041469681">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1446729627">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E665B"/>
     <w:rsid w:val="000421AD"/>
     <w:rsid w:val="000D22C3"/>
     <w:rsid w:val="000E434A"/>
     <w:rsid w:val="0013799A"/>
     <w:rsid w:val="0014194F"/>
     <w:rsid w:val="001450AC"/>
     <w:rsid w:val="00156B68"/>
     <w:rsid w:val="00282BA2"/>
     <w:rsid w:val="002A21CB"/>
+    <w:rsid w:val="00323777"/>
     <w:rsid w:val="003372AE"/>
     <w:rsid w:val="003422F6"/>
     <w:rsid w:val="00353055"/>
     <w:rsid w:val="00357C51"/>
     <w:rsid w:val="00366C7E"/>
     <w:rsid w:val="00390B40"/>
     <w:rsid w:val="003A7440"/>
     <w:rsid w:val="003B3877"/>
     <w:rsid w:val="003D4FA5"/>
     <w:rsid w:val="003F4933"/>
     <w:rsid w:val="003F6376"/>
     <w:rsid w:val="00431372"/>
     <w:rsid w:val="004448B6"/>
+    <w:rsid w:val="00447871"/>
     <w:rsid w:val="00456C7B"/>
+    <w:rsid w:val="004578D1"/>
     <w:rsid w:val="00511625"/>
     <w:rsid w:val="005666B0"/>
     <w:rsid w:val="0059045A"/>
     <w:rsid w:val="005E55DB"/>
     <w:rsid w:val="005F53B6"/>
     <w:rsid w:val="006353D4"/>
     <w:rsid w:val="006B7264"/>
     <w:rsid w:val="006E665B"/>
     <w:rsid w:val="006E6893"/>
     <w:rsid w:val="00725B35"/>
     <w:rsid w:val="0074383B"/>
     <w:rsid w:val="007C76F4"/>
     <w:rsid w:val="007D4832"/>
     <w:rsid w:val="00823809"/>
     <w:rsid w:val="00826C40"/>
     <w:rsid w:val="00842F20"/>
     <w:rsid w:val="008547E3"/>
     <w:rsid w:val="0087420D"/>
     <w:rsid w:val="008C4A5C"/>
     <w:rsid w:val="008E735D"/>
     <w:rsid w:val="008F4AF0"/>
     <w:rsid w:val="008F68FC"/>
     <w:rsid w:val="00942721"/>
     <w:rsid w:val="00960376"/>
     <w:rsid w:val="00970897"/>
     <w:rsid w:val="009B08BA"/>
     <w:rsid w:val="009F7B26"/>
     <w:rsid w:val="00AC0514"/>
     <w:rsid w:val="00AF68FF"/>
     <w:rsid w:val="00B02B2C"/>
     <w:rsid w:val="00B322CA"/>
     <w:rsid w:val="00B73874"/>
     <w:rsid w:val="00BA7453"/>
     <w:rsid w:val="00C170F8"/>
+    <w:rsid w:val="00C87901"/>
     <w:rsid w:val="00C91AE5"/>
     <w:rsid w:val="00CE725E"/>
     <w:rsid w:val="00D85029"/>
+    <w:rsid w:val="00E61DD8"/>
     <w:rsid w:val="00E66849"/>
     <w:rsid w:val="00E747E9"/>
     <w:rsid w:val="00EE229B"/>
     <w:rsid w:val="00F0277D"/>
     <w:rsid w:val="00F45112"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-BE" w:eastAsia="ko-KR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="79C47311"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EE6D392F-A3CD-4574-ACAB-ED91F80EE7E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-BE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -3662,50 +3686,51 @@
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B322CA"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="nl-NL" w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Verwijzingopmerking">
     <w:name w:val="annotation reference"/>
@@ -4466,77 +4491,77 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9EA07A1-E13A-4E2D-A7A7-AF6722499987}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>720</Words>
-  <Characters>4221</Characters>
+  <Words>730</Words>
+  <Characters>4284</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
-  <Paragraphs>53</Paragraphs>
+  <Lines>84</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4888</CharactersWithSpaces>
+  <CharactersWithSpaces>4959</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Zeynep Balci</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>