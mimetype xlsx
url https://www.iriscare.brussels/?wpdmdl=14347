--- v0 (2025-10-04)
+++ v1 (2026-02-26)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Bruxelles-Brussel\Person\HRV- Formation\15 - TABLEAUX IMPORTANTS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CF8D1616-FB69-4D53-9CF0-BF678C87407A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7F29BDA6-10E5-486E-A29E-95636F88C8B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="wSDyexX6f583a8hcK3MO44RwomjWKlrGm/0NrqOXMki35/SIbk1AkwslX7D/tGNEiWwhzpPPQq9ZhyTBkmIcHQ==" workbookSaltValue="Pqaqb7i4lqPKpVoBU/fRJQ==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="A contractuels - contractuelen" sheetId="1" r:id="rId1"/>
     <sheet name="A statutaires - statutairen" sheetId="2" r:id="rId2"/>
     <sheet name="A promotions - bevorderingen" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_Hlk3977063" localSheetId="0">'A contractuels - contractuelen'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="207" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="212" uniqueCount="101">
   <si>
     <t xml:space="preserve">Niveau A - Premier attaché expert - Responsable de la cellule Formation - Direction RH &amp; Adminsal </t>
   </si>
   <si>
     <t xml:space="preserve">Niveau A - Eerste Attaché - Financiering instellingen en beheerscontrole - Directie Budget, Financiering en Monitoring </t>
   </si>
   <si>
     <t xml:space="preserve">Niveau A - Premier attaché expert - Projets &amp; Processus - Département Opérations </t>
   </si>
   <si>
     <t xml:space="preserve">Niveau A - Premier attaché expert - Dirigeant - Département Opérations - Caisse d'allocations familiales Famiris </t>
   </si>
   <si>
     <t xml:space="preserve">Niveau A - Premier attaché expert - Coordination et stratégie - Service Coordination et Stratégie </t>
   </si>
   <si>
     <t xml:space="preserve">Niveau A - Eerste attaché deskundige - Coördinatie en strategie - Dienst Coördinatie en strategie </t>
   </si>
   <si>
     <t xml:space="preserve">Niveau A - Attaché - Chef de service - Département Opérations - Paiement AAPA </t>
   </si>
   <si>
     <t xml:space="preserve">Niveau A - Attaché - Psychologue - Département Politique des familles et des personnes - Service d'évaluation multidisciplinaire </t>
   </si>
   <si>
@@ -333,50 +333,63 @@
     <t xml:space="preserve">Niveau A - Attaché - Infirmier chef régional adjoint - Département Politique des institutions d'aide et de soins - Service accompagnement, contrôle et qualité </t>
   </si>
   <si>
     <t xml:space="preserve">Niveau A - Premier médecin expert - Médecin expert - Département Opérations - Centre d'évaluation de l'autonomie et du handicap </t>
   </si>
   <si>
     <t>Niveau A - Eerste attaché - Dienstverantwoordelijke - dienst Sociale Inspectie</t>
   </si>
   <si>
     <t xml:space="preserve">Niveau A - Attaché - Expert en recrutement et formation - Service RH </t>
   </si>
   <si>
     <t>Niveau A - Attaché - Communicatie expert en Woordvoerder - Communicatiedienst</t>
   </si>
   <si>
     <t xml:space="preserve">Niveau A - Premier attaché expert - Coordinateur de crise (préparation et intervention) - Service Coordination et Stratégie </t>
   </si>
   <si>
     <t>Niveau A - Attaché -  Statistiques  - Service Budget, Financement &amp; monitoring</t>
   </si>
   <si>
     <t>Niveau A - Attaché -  Statistiques - Service Budget, Financement &amp; monitoring</t>
   </si>
   <si>
     <t>Niveau A - Ingenieur - Architect - dienst Facility</t>
+  </si>
+  <si>
+    <t>Niveau A - Attaché - Fonction paramédicale - CEAH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Niveau A - Premier attaché - Responsable du Centre de l'évaluation de l'autonomie et du handicap (CEAH) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Niveau A - Premier attaché - Avis juridique et réglementation - Service juridique </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Niveau A - Directeur - Strategie en organisatieontwikkeling  
+- Dienst Coördinatie en Strategie </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
@@ -389,149 +402,142 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
-    <cellStyle name="Standaard" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -593,51 +599,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -735,73 +741,73 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:C59"/>
+  <dimension ref="A1:C60"/>
   <sheetViews>
-    <sheetView topLeftCell="A49" workbookViewId="0">
-      <selection activeCell="B60" sqref="B60"/>
+    <sheetView topLeftCell="A54" workbookViewId="0">
+      <selection activeCell="A60" sqref="A60:XFD60"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="60.28515625" customWidth="1"/>
     <col min="2" max="2" width="26.28515625" customWidth="1"/>
     <col min="3" max="3" width="24.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B2" s="2">
         <v>43891</v>
       </c>
       <c r="C2" s="1" t="s">
@@ -819,253 +825,253 @@
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B4" s="2">
         <v>43997</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="2">
         <v>44013</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="6" spans="1:3" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A6" s="4" t="s">
+    <row r="6" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="B6" s="5">
+      <c r="B6" s="2">
         <v>44013</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="7" spans="1:3" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A7" s="4" t="s">
+    <row r="7" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="B7" s="5">
+      <c r="B7" s="2">
         <v>44058</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="8" spans="1:3" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A8" s="4" t="s">
+    <row r="8" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="B8" s="5">
+      <c r="B8" s="2">
         <v>44075</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="9" spans="1:3" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A9" s="4" t="s">
+    <row r="9" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A9" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="5">
+      <c r="B9" s="2">
         <v>44075</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="10" spans="1:3" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A10" s="4" t="s">
+    <row r="10" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="5">
+      <c r="B10" s="2">
         <v>44075</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="11" spans="1:3" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A11" s="4" t="s">
+    <row r="11" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="5">
+      <c r="B11" s="2">
         <v>44090</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="12" spans="1:3" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A12" s="4" t="s">
+    <row r="12" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="B12" s="5">
+      <c r="B12" s="2">
         <v>44119</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="13" spans="1:3" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A13" s="4" t="s">
+    <row r="13" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A13" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B13" s="5">
+      <c r="B13" s="2">
         <v>44136</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="14" spans="1:3" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A14" s="4" t="s">
+    <row r="14" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="5">
+      <c r="B14" s="2">
         <v>44249</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="2">
         <v>44235</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="2">
         <v>44270</v>
       </c>
-      <c r="C16" s="4" t="s">
+      <c r="C16" s="1" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="17" spans="1:3" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A17" s="4" t="s">
+    <row r="17" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B17" s="5">
+      <c r="B17" s="2">
         <v>44287</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="18" spans="1:3" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A18" s="4" t="s">
+    <row r="18" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B18" s="5">
+      <c r="B18" s="2">
         <v>44341</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="19" spans="1:3" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A19" s="4" t="s">
+    <row r="19" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A19" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="B19" s="5">
+      <c r="B19" s="2">
         <v>44409</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="20" spans="1:3" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A20" s="4" t="s">
+    <row r="20" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B20" s="5">
+      <c r="B20" s="2">
         <v>44409</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="21" spans="1:3" s="6" customFormat="1" ht="45" x14ac:dyDescent="0.25">
-      <c r="A21" s="4" t="s">
+    <row r="21" spans="1:3" ht="45" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="B21" s="5">
+      <c r="B21" s="2">
         <v>44470</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="22" spans="1:3" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A22" s="4" t="s">
+    <row r="22" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B22" s="5">
+      <c r="B22" s="2">
         <v>44470</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="23" spans="1:3" s="6" customFormat="1" ht="30" x14ac:dyDescent="0.25">
-      <c r="A23" s="4" t="s">
+    <row r="23" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B23" s="5">
+      <c r="B23" s="2">
         <v>44531</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="4" t="s">
+      <c r="A24" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B24" s="5">
+      <c r="B24" s="2">
         <v>44531</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B25" s="2">
         <v>44562</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B26" s="2">
         <v>44621</v>
       </c>
       <c r="C26" s="1" t="s">
@@ -1084,394 +1090,405 @@
       </c>
     </row>
     <row r="28" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B28" s="2">
         <v>44627</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="33.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B29" s="2">
         <v>44652</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="7" t="s">
+      <c r="A30" s="4" t="s">
         <v>53</v>
       </c>
       <c r="B30" s="2">
         <v>44713</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="50.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="8" t="s">
+      <c r="A31" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B31" s="2">
         <v>44713</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="9" t="s">
+      <c r="A32" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="B32" s="10">
+      <c r="B32" s="7">
         <v>44805</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="57" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="8" t="s">
+      <c r="A33" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B33" s="10">
+      <c r="B33" s="7">
         <v>44872</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="8" t="s">
+      <c r="A34" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="B34" s="10">
+      <c r="B34" s="7">
         <v>44886</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="8" t="s">
+      <c r="A35" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="B35" s="10">
+      <c r="B35" s="7">
         <v>44896</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B36" s="10">
+      <c r="B36" s="7">
         <v>44942</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="B37" s="10">
+      <c r="B37" s="7">
         <v>44958</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="8" t="s">
+      <c r="A38" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="B38" s="10">
+      <c r="B38" s="7">
         <v>44986</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B39" s="10">
+      <c r="B39" s="7">
         <v>45017</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B40" s="10">
+      <c r="B40" s="7">
         <v>45047</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B41" s="10">
+      <c r="B41" s="7">
         <v>45047</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="42" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="11" t="s">
+      <c r="A42" s="8" t="s">
         <v>69</v>
       </c>
-      <c r="B42" s="10">
+      <c r="B42" s="7">
         <v>45054</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="43" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="8" t="s">
+      <c r="A43" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="B43" s="10">
+      <c r="B43" s="7">
         <v>45055</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:3" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B44" s="10">
+      <c r="B44" s="7">
         <v>45078</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="45" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="8" t="s">
+      <c r="A45" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="B45" s="10">
+      <c r="B45" s="7">
         <v>45200</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="46" spans="1:3" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B46" s="10">
+      <c r="B46" s="7">
         <v>45215</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="47" spans="1:3" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B47" s="10">
+      <c r="B47" s="7">
         <v>45292</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="48" spans="1:3" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="B48" s="10">
+      <c r="B48" s="7">
         <v>45292</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="49" spans="1:3" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B49" s="10">
+      <c r="B49" s="7">
         <v>45341</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="50" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B50" s="10">
+      <c r="B50" s="7">
         <v>45383</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:3" ht="45.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B51" s="10">
+      <c r="B51" s="7">
         <v>45536</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="52" spans="1:3" ht="45.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B52" s="10">
+      <c r="B52" s="7">
         <v>45551</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="53" spans="1:3" ht="45.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B53" s="10">
+      <c r="B53" s="7">
         <v>45608</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="54" spans="1:3" ht="45.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B54" s="10">
+      <c r="B54" s="7">
         <v>45627</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="55" spans="1:3" ht="45.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B55" s="10">
+      <c r="B55" s="7">
         <v>45658</v>
       </c>
       <c r="C55" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B56" s="10">
+      <c r="B56" s="7">
         <v>45658</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="57" spans="1:3" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="B57" s="10">
+      <c r="B57" s="7">
         <v>45670</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="58" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="4" t="s">
+      <c r="A58" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="B58" s="10">
+      <c r="B58" s="7">
         <v>45740</v>
       </c>
       <c r="C58" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="59" spans="1:3" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="4" t="s">
+      <c r="A59" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="B59" s="10">
+      <c r="B59" s="7">
         <v>45778</v>
       </c>
       <c r="C59" s="1" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3" ht="70.150000000000006" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="B60" s="7">
+        <v>46054</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:C38"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A34" workbookViewId="0">
+    <sheetView topLeftCell="A34" workbookViewId="0">
       <selection activeCell="C42" sqref="C42"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="45.7109375" customWidth="1"/>
     <col min="2" max="2" width="33.42578125" customWidth="1"/>
     <col min="3" max="3" width="31.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="2" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B2" s="2">
         <v>43862</v>
       </c>
       <c r="C2" s="2" t="s">
@@ -1479,62 +1496,62 @@
       </c>
     </row>
     <row r="3" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="2">
         <v>43862</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B4" s="2">
         <v>43966</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="30" x14ac:dyDescent="0.25">
-      <c r="A5" s="4" t="s">
+      <c r="A5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B5" s="2">
         <v>44013</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="60" x14ac:dyDescent="0.25">
-      <c r="A6" s="4" t="s">
+      <c r="A6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="2">
         <v>44013</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="2">
         <v>44044</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="2">
@@ -1578,106 +1595,106 @@
       </c>
     </row>
     <row r="12" spans="1:3" ht="40.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B12" s="2">
         <v>44621</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="34.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="2">
         <v>44652</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="8" t="s">
+      <c r="A14" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B14" s="2">
         <v>44682</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="8" t="s">
+      <c r="A15" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B15" s="2">
         <v>44713</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="45.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="8" t="s">
+      <c r="A16" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B16" s="2">
         <v>44743</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="55.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="8" t="s">
+      <c r="A17" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B17" s="2">
         <v>44805</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="8" t="s">
+      <c r="A18" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B18" s="2">
         <v>44866</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="8" t="s">
+      <c r="A19" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B19" s="2">
         <v>44866</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="2">
         <v>44866</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B21" s="2">
@@ -1757,160 +1774,160 @@
       <c r="A28" s="1" t="s">
         <v>74</v>
       </c>
       <c r="B28" s="2">
         <v>45139</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
         <v>79</v>
       </c>
       <c r="B29" s="2">
         <v>45200</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="41.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B30" s="12">
+      <c r="B30" s="9">
         <v>45231</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="46.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B31" s="12">
+      <c r="B31" s="9">
         <v>45231</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="56.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B32" s="12">
+      <c r="B32" s="9">
         <v>45292</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B33" s="12">
+      <c r="B33" s="9">
         <v>45292</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="59.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B34" s="12">
+      <c r="B34" s="9">
         <v>45352</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B35" s="12">
+      <c r="B35" s="9">
         <v>45383</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B36" s="12">
+      <c r="B36" s="9">
         <v>45413</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="B37" s="12">
+      <c r="B37" s="9">
         <v>45597</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="B38" s="12">
+      <c r="B38" s="9">
         <v>45901</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:B10"/>
+  <dimension ref="A1:B13"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A10" sqref="A10"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="60.7109375" customWidth="1"/>
     <col min="2" max="2" width="38.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="30" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="2" spans="1:2" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="2">
         <v>43922</v>
       </c>
     </row>
     <row r="3" spans="1:2" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>3</v>
       </c>
@@ -1952,66 +1969,89 @@
     </row>
     <row r="8" spans="1:2" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B8" s="2">
         <v>44470</v>
       </c>
     </row>
     <row r="9" spans="1:2" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="2">
         <v>44927</v>
       </c>
     </row>
     <row r="10" spans="1:2" ht="49.15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>75</v>
       </c>
       <c r="B10" s="2">
         <v>45139</v>
       </c>
     </row>
+    <row r="11" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" s="9">
+        <v>45658</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="30" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" s="9">
+        <v>45658</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" s="9">
+        <v>46054</v>
+      </c>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="s27woCq7UgFFuvDhoyTRtHuc7TuplBfJXcJh+LD8LQG7MScuw0QHAhCiXNoHkWjC0jy5GEwsdxHzMlRWmEo8/g==" saltValue="Cj9w/ewqrobe/S8E1lWBCg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Werkbladen</vt:lpstr>
+        <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>A contractuels - contractuelen</vt:lpstr>
       <vt:lpstr>A statutaires - statutairen</vt:lpstr>
       <vt:lpstr>A promotions - bevorderingen</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Muriel Dubrowski</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>